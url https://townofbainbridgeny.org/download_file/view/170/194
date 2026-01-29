--- v0 (2025-10-31)
+++ v1 (2026-01-29)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="54937605" w14:textId="77777777" w:rsidR="0091762A" w:rsidRPr="0091762A" w:rsidRDefault="0091762A" w:rsidP="0091762A">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0091762A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>TOWN OF BAINBRIDGE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="382386CB" w14:textId="77777777" w:rsidR="0091762A" w:rsidRPr="0091762A" w:rsidRDefault="0091762A" w:rsidP="0091762A">
@@ -185,51 +185,51 @@
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="4EADD538" id="Rectangle 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:-319.5pt;margin-top:32pt;width:1in;height:1in;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAp47bTVQIAAAYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+0E6T6MOkWQosOA&#10;oi2WDj0rshQbk0WNUuJkv36U7DhZ112G5aBQIvlIPT366nrfGrZT6BuwJZ9c5JwpK6Fq7Kbk355u&#10;333kzAdhK2HAqpIflOfX87dvrjpXqCnUYCqFjECsLzpX8joEV2SZl7Vqhb8Apyw5NWArAm1xk1Uo&#10;OkJvTTbN8/dZB1g5BKm8p9Ob3snnCV9rJcOD1l4FZkpOvYW0YlrXcc3mV6LYoHB1I4c2xD900YrG&#10;UtER6kYEwbbY/AHVNhLBgw4XEtoMtG6kSneg20zyF7dZ1cKpdBcix7uRJv//YOX9buUekWjonC88&#10;mfEWe41t/Kf+2D6RdRjJUvvAJB1+msxmOVEqyTXYhJKdkh368FlBy6JRcqS3SBSJ3Z0PfegxhPJO&#10;5ZMVDkbFDoz9qjRrKio4TdlJGWppkO0EvWn1fdIf16JS/dFlTr/4sNTLGJ12CSyi6saYEXcAiIr7&#10;HbeHGGJjmkqCGhPzvzXUJ47RqSLYMCa2jQV8LdmEydC47uOPxPR0RGbWUB0ekSH0UvZO3jbE753w&#10;4VEgaZeehOYxPNCiDXQlh8HirAb8+dp5jCdJkZezjmah5P7HVqDizHyxJLb0vDQ8aTO7/DClGnju&#10;WZ977LZdAj3NhCbfyWTG+GCOpkZon2lsF7EquYSVVLvkMuBxswz9jNLgS7VYpDAaGCfCnV05GcEj&#10;q1E/T/tngW4QWSB13sNxbkTxQmt9bMy0sNgG0E0S4onXgW8atiSY4cMQp/l8n6JOn6/5LwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAPKygELjAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SFxQalNK1KZxqlKBcgkHQj/Aid0kIl5HsZsGvp7lVE67qxnNvkl3s+3ZZEbfOZTwuBDADNZO&#10;d9hIOH6+RWtgPijUqndoJHwbD7vs9iZViXYX/DBTGRpGIegTJaENYUg493VrrPILNxgk7eRGqwKd&#10;Y8P1qC4Ubnu+FCLmVnVIH1o1mENr6q/ybCX8TNUxz/eFengvD8WY+5fXopmlvL+b91tgwczhaoY/&#10;fEKHjJgqd0btWS8hip82VCZIiFc0yRGtNs+0VRKWYi2AZyn/XyL7BQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhACnjttNVAgAABgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAPKygELjAAAADAEAAA8AAAAAAAAAAAAAAAAArwQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAC/BQAAAAA=&#10;" fillcolor="black [3200]" strokecolor="black [1600]" strokeweight="1pt"/>
+              <v:rect w14:anchorId="780533B8" id="Rectangle 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:-319.5pt;margin-top:32pt;width:1in;height:1in;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAp47bTVQIAAAYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+0E6T6MOkWQosOA&#10;oi2WDj0rshQbk0WNUuJkv36U7DhZ112G5aBQIvlIPT366nrfGrZT6BuwJZ9c5JwpK6Fq7Kbk355u&#10;333kzAdhK2HAqpIflOfX87dvrjpXqCnUYCqFjECsLzpX8joEV2SZl7Vqhb8Apyw5NWArAm1xk1Uo&#10;OkJvTTbN8/dZB1g5BKm8p9Ob3snnCV9rJcOD1l4FZkpOvYW0YlrXcc3mV6LYoHB1I4c2xD900YrG&#10;UtER6kYEwbbY/AHVNhLBgw4XEtoMtG6kSneg20zyF7dZ1cKpdBcix7uRJv//YOX9buUekWjonC88&#10;mfEWe41t/Kf+2D6RdRjJUvvAJB1+msxmOVEqyTXYhJKdkh368FlBy6JRcqS3SBSJ3Z0PfegxhPJO&#10;5ZMVDkbFDoz9qjRrKio4TdlJGWppkO0EvWn1fdIf16JS/dFlTr/4sNTLGJ12CSyi6saYEXcAiIr7&#10;HbeHGGJjmkqCGhPzvzXUJ47RqSLYMCa2jQV8LdmEydC47uOPxPR0RGbWUB0ekSH0UvZO3jbE753w&#10;4VEgaZeehOYxPNCiDXQlh8HirAb8+dp5jCdJkZezjmah5P7HVqDizHyxJLb0vDQ8aTO7/DClGnju&#10;WZ977LZdAj3NhCbfyWTG+GCOpkZon2lsF7EquYSVVLvkMuBxswz9jNLgS7VYpDAaGCfCnV05GcEj&#10;q1E/T/tngW4QWSB13sNxbkTxQmt9bMy0sNgG0E0S4onXgW8atiSY4cMQp/l8n6JOn6/5LwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAPKygELjAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SFxQalNK1KZxqlKBcgkHQj/Aid0kIl5HsZsGvp7lVE67qxnNvkl3s+3ZZEbfOZTwuBDADNZO&#10;d9hIOH6+RWtgPijUqndoJHwbD7vs9iZViXYX/DBTGRpGIegTJaENYUg493VrrPILNxgk7eRGqwKd&#10;Y8P1qC4Ubnu+FCLmVnVIH1o1mENr6q/ybCX8TNUxz/eFengvD8WY+5fXopmlvL+b91tgwczhaoY/&#10;fEKHjJgqd0btWS8hip82VCZIiFc0yRGtNs+0VRKWYi2AZyn/XyL7BQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhACnjttNVAgAABgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAPKygELjAAAADAEAAA8AAAAAAAAAAAAAAAAArwQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAC/BQAAAAA=&#10;" fillcolor="black [3200]" strokecolor="black [1600]" strokeweight="1pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="0091762A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>APPLICATION FOR USE OF COMMUNITY FACILITIES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E9D49FB" w14:textId="232C0E28" w:rsidR="0091762A" w:rsidRDefault="0091762A" w:rsidP="0091762A">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -278,1709 +278,1773 @@
         </w:rPr>
         <w:t xml:space="preserve">CLINTON PARK LARGE </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">PAVILION  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="thick"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PAYNE</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PARK PAVILION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DDA4B5F" w14:textId="4A8A5859" w:rsidR="0091762A" w:rsidRDefault="0091762A" w:rsidP="0091762A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="386C2A32" w14:textId="57B51AD8" w:rsidR="0091762A" w:rsidRDefault="0091762A" w:rsidP="0091762A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="thick"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> PAYNE PARK PAVILION</w:t>
-[...24 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">CLINTON PARK SMALL </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PAVILION  </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="thick"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">CLINTON PARK SMALL </w:t>
+        <w:t>BAND SHELL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59D3BAF1" w14:textId="2AB78DAA" w:rsidR="0091762A" w:rsidRDefault="0091762A" w:rsidP="0091762A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EC26BA0" w14:textId="63A7D428" w:rsidR="0091762A" w:rsidRDefault="0091762A" w:rsidP="0091762A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3882E61D" w14:textId="7351A14C" w:rsidR="0091762A" w:rsidRDefault="0091762A" w:rsidP="0091762A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Today’s Date:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  Date(s) Requested</w:t>
+      </w:r>
+      <w:r w:rsidR="00442075">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00442075">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00442075">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00442075">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DA5C2FE" w14:textId="7B3650C7" w:rsidR="00442075" w:rsidRDefault="00442075" w:rsidP="0091762A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DC5DF92" w14:textId="760F490B" w:rsidR="00442075" w:rsidRDefault="00442075" w:rsidP="0091762A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00442075">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>For office use only:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="437215EB" w14:textId="0ABFBA02" w:rsidR="00442075" w:rsidRDefault="00442075" w:rsidP="0091762A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="784F85D6" w14:textId="46A7E3D2" w:rsidR="00442075" w:rsidRDefault="00442075" w:rsidP="0091762A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Deposit paid by:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  Date:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    CK#/</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46050A6E" w14:textId="4A6DE8D0" w:rsidR="00442075" w:rsidRDefault="00442075" w:rsidP="0091762A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75895F02" w14:textId="4B8E5F65" w:rsidR="00442075" w:rsidRDefault="00442075" w:rsidP="0091762A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rental Fee paid by: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  Date: </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  CK#/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FEE7963" w14:textId="6AB3A0AE" w:rsidR="00442075" w:rsidRDefault="00442075" w:rsidP="0091762A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08282BA0" w14:textId="081E48A2" w:rsidR="00442075" w:rsidRDefault="00442075" w:rsidP="0091762A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CD5287A" w14:textId="5E56B4D6" w:rsidR="00442075" w:rsidRDefault="00442075" w:rsidP="0091762A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certificate of Liability Rec’d: YES OR NO                Date: </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    CK#/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F6451AE" w14:textId="069E552F" w:rsidR="00442075" w:rsidRDefault="00442075" w:rsidP="0091762A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44D6768C" w14:textId="77777777" w:rsidR="00206B67" w:rsidRPr="00206B67" w:rsidRDefault="00206B67" w:rsidP="00206B67">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04EEA763" w14:textId="52983AE2" w:rsidR="00442075" w:rsidRDefault="00442075" w:rsidP="0091762A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3517D99A" w14:textId="3BB6348B" w:rsidR="00442075" w:rsidRDefault="00206B67" w:rsidP="00206B67">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>INFORMATION ABOUT YOUR GROUP</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="580A7F4D" w14:textId="38FD13CD" w:rsidR="00206B67" w:rsidRDefault="00206B67" w:rsidP="00206B67">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FED77F6" w14:textId="6A3FBCC4" w:rsidR="00206B67" w:rsidRDefault="00206B67" w:rsidP="00206B67">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Name of Organization or Individual: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A39935B" w14:textId="7DD6CFF7" w:rsidR="00206B67" w:rsidRDefault="00206B67" w:rsidP="00206B67">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34F522A1" w14:textId="43BFE88D" w:rsidR="00206B67" w:rsidRDefault="00206B67" w:rsidP="00206B67">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Person in Charge </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3449483C" w14:textId="7A64E58F" w:rsidR="00206B67" w:rsidRDefault="00206B67" w:rsidP="00206B67">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BC78EE5" w14:textId="578CC65F" w:rsidR="00206B67" w:rsidRDefault="00206B67" w:rsidP="00206B67">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mailing Address: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EA31D9A" w14:textId="5AD1BB84" w:rsidR="00206B67" w:rsidRDefault="00206B67" w:rsidP="00206B67">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B13AE2A" w14:textId="7D0D5AB8" w:rsidR="00206B67" w:rsidRDefault="00206B67" w:rsidP="00206B67">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="045E4068" w14:textId="24111CB2" w:rsidR="00206B67" w:rsidRDefault="00206B67" w:rsidP="00206B67">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Telephone: (Day) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Night) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F869F52" w14:textId="2A9AF1A5" w:rsidR="00206B67" w:rsidRDefault="00206B67" w:rsidP="00206B67">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15350D27" w14:textId="080DF51E" w:rsidR="00206B67" w:rsidRDefault="00206B67" w:rsidP="00206B67">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>INFORMATION ABOUT INTENDED USE OF MUNICIPAL FACILITIES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A8127EA" w14:textId="1905AB0C" w:rsidR="00206B67" w:rsidRDefault="00206B67" w:rsidP="00206B67">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="097FBCBC" w14:textId="4B5BACA2" w:rsidR="00206B67" w:rsidRDefault="00206B67" w:rsidP="00206B67">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Purpose of Use: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16FAA011" w14:textId="1F1D4125" w:rsidR="00206B67" w:rsidRDefault="00206B67" w:rsidP="00206B67">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4058E9B4" w14:textId="2E0A8040" w:rsidR="00206B67" w:rsidRDefault="00206B67" w:rsidP="00206B67">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63E6D344" w14:textId="27A9BCD5" w:rsidR="00206B67" w:rsidRDefault="00206B67" w:rsidP="00206B67">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Time of Use: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35BE0515" w14:textId="22BA5ECB" w:rsidR="00206B67" w:rsidRDefault="00206B67" w:rsidP="00206B67">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Total Participants Expected: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Adults</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Children</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...1554 lines deleted...]
-        <w:t xml:space="preserve">Children </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62D34B70" w14:textId="3BA6BC40" w:rsidR="00206B67" w:rsidRDefault="00206B67" w:rsidP="00206B67">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -2561,51 +2625,51 @@
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="6979056A" id="Rectangle 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:-363pt;margin-top:34.3pt;width:1in;height:1in;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQACGlTBVwIAABIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+wE6T6COEWQosOA&#10;oA3aDj0rshQbkEWNUuJkv36U7DhFW+wwLAeFMslH6ulR8+tjY9hBoa/BFnw8yjlTVkJZ213Bfz7d&#10;fvrKmQ/ClsKAVQU/Kc+vFx8/zFs3UxOowJQKGYFYP2tdwasQ3CzLvKxUI/wInLLk1ICNCLTFXVai&#10;aAm9Mdkkzz9nLWDpEKTynr7edE6+SPhaKxnutfYqMFNw6i2kFdO6jWu2mIvZDoWratm3If6hi0bU&#10;looOUDciCLbH+g1UU0sEDzqMJDQZaF1Llc5Apxnnr07zWAmn0lmIHO8Gmvz/g5V3h0e3QaKhdX7m&#10;yYynOGps4j/1x46JrNNAljoGJunjt/F0mhOlkly9TSjZJdmhD98VNCwaBUe6i0SROKx96ELPIZR3&#10;KZ+scDIqdmDsg9KsLqngJGUnZaiVQXYQdKdCSmXDuHNVolTd56ucfvFyqZ8hI+0SYETWtTEDdg8Q&#10;VfcWu4Pp42OqSsIakvO/NdYlDxmpMtgwJDe1BXwPwNCp+spd/JmkjprI0hbK0wYZQidr7+RtTVyv&#10;hQ8bgaRjuh6azXBPizbQFhx6i7MK8Pd732M8yYu8nLU0FwX3v/YCFWfmhyXhpaumQUqb6dWXCdXA&#10;l57tS4/dNyugaxrTK+BkMmN8MGdTIzTPNMLLWJVcwkqqXXAZ8LxZhW5e6RGQarlMYTQ8ToS1fXQy&#10;gkdWo5aejs8CXS+4QEq9g/MMidkr3XWxMdPCch9A10mUF157vmnwknD6RyJO9st9iro8ZYs/AAAA&#10;//8DAFBLAwQUAAYACAAAACEAW/Nvtd8AAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE&#10;70i8g7VI3FInlkijEKdClbggcWjhAdx4iUP9E8VOk7w9ywmOOzua+aY5rM6yG05xCF5CscuBoe+C&#10;Hnwv4fPjNauAxaS8VjZ4lLBhhEN7f9eoWofFn/B2Tj2jEB9rJcGkNNacx86gU3EXRvT0+wqTU4nO&#10;qed6UguFO8tFnpfcqcFTg1EjHg121/PsqEThaSv2y/H6bta3Ae32jfMm5ePD+vIMLOGa/szwi0/o&#10;0BLTJcxeR2YlZHtR0pgkoaxKYOTInipBykWCKEQJvG34/xHtDwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQACGlTBVwIAABIFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBb82+13wAAAAwBAAAPAAAAAAAAAAAAAAAAALEEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAvQUAAAAA&#10;" fillcolor="#4472c4 [3204]" strokecolor="#1f3763 [1604]" strokeweight="1pt"/>
+              <v:rect w14:anchorId="6A65E01E" id="Rectangle 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:-363pt;margin-top:34.3pt;width:1in;height:1in;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQACGlTBVwIAABIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+wE6T6COEWQosOA&#10;oA3aDj0rshQbkEWNUuJkv36U7DhFW+wwLAeFMslH6ulR8+tjY9hBoa/BFnw8yjlTVkJZ213Bfz7d&#10;fvrKmQ/ClsKAVQU/Kc+vFx8/zFs3UxOowJQKGYFYP2tdwasQ3CzLvKxUI/wInLLk1ICNCLTFXVai&#10;aAm9Mdkkzz9nLWDpEKTynr7edE6+SPhaKxnutfYqMFNw6i2kFdO6jWu2mIvZDoWratm3If6hi0bU&#10;looOUDciCLbH+g1UU0sEDzqMJDQZaF1Llc5Apxnnr07zWAmn0lmIHO8Gmvz/g5V3h0e3QaKhdX7m&#10;yYynOGps4j/1x46JrNNAljoGJunjt/F0mhOlkly9TSjZJdmhD98VNCwaBUe6i0SROKx96ELPIZR3&#10;KZ+scDIqdmDsg9KsLqngJGUnZaiVQXYQdKdCSmXDuHNVolTd56ucfvFyqZ8hI+0SYETWtTEDdg8Q&#10;VfcWu4Pp42OqSsIakvO/NdYlDxmpMtgwJDe1BXwPwNCp+spd/JmkjprI0hbK0wYZQidr7+RtTVyv&#10;hQ8bgaRjuh6azXBPizbQFhx6i7MK8Pd732M8yYu8nLU0FwX3v/YCFWfmhyXhpaumQUqb6dWXCdXA&#10;l57tS4/dNyugaxrTK+BkMmN8MGdTIzTPNMLLWJVcwkqqXXAZ8LxZhW5e6RGQarlMYTQ8ToS1fXQy&#10;gkdWo5aejs8CXS+4QEq9g/MMidkr3XWxMdPCch9A10mUF157vmnwknD6RyJO9st9iro8ZYs/AAAA&#10;//8DAFBLAwQUAAYACAAAACEAW/Nvtd8AAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE&#10;70i8g7VI3FInlkijEKdClbggcWjhAdx4iUP9E8VOk7w9ywmOOzua+aY5rM6yG05xCF5CscuBoe+C&#10;Hnwv4fPjNauAxaS8VjZ4lLBhhEN7f9eoWofFn/B2Tj2jEB9rJcGkNNacx86gU3EXRvT0+wqTU4nO&#10;qed6UguFO8tFnpfcqcFTg1EjHg121/PsqEThaSv2y/H6bta3Ae32jfMm5ePD+vIMLOGa/szwi0/o&#10;0BLTJcxeR2YlZHtR0pgkoaxKYOTInipBykWCKEQJvG34/xHtDwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQACGlTBVwIAABIFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBb82+13wAAAAwBAAAPAAAAAAAAAAAAAAAAALEEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAvQUAAAAA&#10;" fillcolor="#4472c4 [3204]" strokecolor="#1f3763 [1604]" strokeweight="1pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00D965E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D965E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>town facilities, said individual or organization must apply to the Bainbridge Town Clerk’s office for a permit therefore at least a week prior to the date scheduled for using such beverages.  No fee shall be charged for the granting of this permit.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E1C204A" w14:textId="5DADC507" w:rsidR="00B97FAA" w:rsidRPr="008B5CA5" w:rsidRDefault="00B97FAA" w:rsidP="00B97FAA">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
@@ -2676,171 +2740,135 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>facilities shall be promptly repaired at the user’s expense. No exceptions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1734C57C" w14:textId="38AF2E90" w:rsidR="002F2CB0" w:rsidRPr="008B5CA5" w:rsidRDefault="002F2CB0" w:rsidP="00B97FAA">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B5CA5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Anyone using the facilities must clean up afterwards.  Garbage </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> put in the dumpster located on site. (See attached rules for use of large pavilion)</w:t>
+        <w:t>Anyone using the facilities must clean up afterwards.  Garbage is to put in the dumpster located on site. (See attached rules for use of large pavilion)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="339A0AAD" w14:textId="377F8DE3" w:rsidR="002F2CB0" w:rsidRPr="008B5CA5" w:rsidRDefault="002F2CB0" w:rsidP="00B97FAA">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B5CA5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Make sure all doors are </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> when leaving.</w:t>
+        <w:t>Make sure all doors are locked and lights are turned out when leaving.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="337310C9" w14:textId="7F673EEE" w:rsidR="002F2CB0" w:rsidRPr="008B5CA5" w:rsidRDefault="002F2CB0" w:rsidP="00B97FAA">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B5CA5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Permits may be revoked at any time.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36E637EF" w14:textId="2B17DF79" w:rsidR="002F2CB0" w:rsidRPr="008B5CA5" w:rsidRDefault="002F2CB0" w:rsidP="00B97FAA">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B5CA5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Any organization with youth less than 18 years of age </w:t>
+        <w:t xml:space="preserve">Any organization with </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B5CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>youth</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008B5CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> less than 18 years of age </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008B5CA5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>requires the presence of adequate adult supervision at all times</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008B5CA5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DE4E8EB" w14:textId="7EB330DB" w:rsidR="002F2CB0" w:rsidRPr="008B5CA5" w:rsidRDefault="002F2CB0" w:rsidP="00B97FAA">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -2954,181 +2982,235 @@
       </w:r>
       <w:r w:rsidRPr="008B5CA5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">All commercial users will provide the Town of </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008B5CA5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Bainbridge</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008B5CA5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a Certificate of Insurance naming the Town as additional insured with a minimum of $1,000,000 per occurrence for the </w:t>
+        <w:t xml:space="preserve"> a Certificate of </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008B5CA5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>events</w:t>
+        <w:t>Insurance</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008B5CA5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> inclusive dates.</w:t>
-[...67 lines deleted...]
-        <w:t xml:space="preserve">Homeowners Insurance-All non-commercial users will provide the Town of Bainbridge a Certificate of Insurance naming the Town as the additional insured with a minimum of $100,000 per occurrence for the </w:t>
+        <w:t xml:space="preserve"> naming the Town as additional insured with a minimum of $1,000,000 per occurrence for the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008B5CA5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>events</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008B5CA5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> inclusive dates.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="29B39728" w14:textId="69BA9672" w:rsidR="002F2CB0" w:rsidRPr="008B5CA5" w:rsidRDefault="002F2CB0" w:rsidP="002F2CB0">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="362A871B" w14:textId="3925D989" w:rsidR="002F2CB0" w:rsidRPr="008B5CA5" w:rsidRDefault="002F2CB0" w:rsidP="002F2CB0">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B5CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Individual Users:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C1723CC" w14:textId="6E366657" w:rsidR="002F2CB0" w:rsidRPr="008B5CA5" w:rsidRDefault="002F2CB0" w:rsidP="002F2CB0">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B5CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Homeowners Insurance-All non-commercial users will provide the Town of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B5CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bainbridge</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008B5CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a Certificate of Insurance naming the Town as the additional insured with a minimum of $100,000 per occurrence for the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B5CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>events</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008B5CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inclusive dates.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="54C34387" w14:textId="08DB3F2C" w:rsidR="002F2CB0" w:rsidRPr="008B5CA5" w:rsidRDefault="002F2CB0" w:rsidP="002F2CB0">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B5CA5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">     Section Two-Liability</w:t>
       </w:r>
       <w:r w:rsidR="008B5CA5" w:rsidRPr="008B5CA5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>: $100,000 limit of liability. Policy shall not exclude the off premised activities of the insured.</w:t>
+        <w:t xml:space="preserve">: $100,000 limit of liability. Policy shall not exclude the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008B5CA5" w:rsidRPr="008B5CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>off premised</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008B5CA5" w:rsidRPr="008B5CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> activities of the insured.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20E387B3" w14:textId="36E92DAC" w:rsidR="00B97FAA" w:rsidRDefault="00B97FAA" w:rsidP="00B97FAA">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B5CA5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B116F14" w14:textId="77777777" w:rsidR="008B5CA5" w:rsidRPr="008B5CA5" w:rsidRDefault="008B5CA5" w:rsidP="008B5CA5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -3446,62 +3528,72 @@
     </w:p>
     <w:p w14:paraId="76DE6507" w14:textId="7D90BFB1" w:rsidR="001D2C76" w:rsidRDefault="008628BA" w:rsidP="008B5CA5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008628BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>SIGNATURE OF ORGANIZATIONS REPRESENTATIVE</w:t>
       </w:r>
       <w:r w:rsidR="00801119">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                      DATE: </w:t>
-      </w:r>
+        <w:t xml:space="preserve">                      DATE</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00801119">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00801119">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
         <w:t>/</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00801119">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00801119">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3516EE86" w14:textId="4BC96305" w:rsidR="007558F8" w:rsidRDefault="007558F8" w:rsidP="008B5CA5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3928,51 +4020,69 @@
     <w:p w14:paraId="1C6FDC4A" w14:textId="0A62BFF4" w:rsidR="00BF3254" w:rsidRPr="00B9080A" w:rsidRDefault="00BF3254" w:rsidP="008B5CA5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="096AA88B" w14:textId="1A5F097C" w:rsidR="00BF3254" w:rsidRPr="00B9080A" w:rsidRDefault="00CF0A6C" w:rsidP="008B5CA5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B9080A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>To keep the date(s) open, you must return forms and fees to us within 30 days from receiving them.</w:t>
+        <w:t xml:space="preserve">To keep the date(s) open, you must return forms and fees to us within 30 days </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B9080A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B9080A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> receiving them.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AFB9E9B" w14:textId="0BE2C56E" w:rsidR="00CF0A6C" w:rsidRPr="00B9080A" w:rsidRDefault="00CF0A6C" w:rsidP="008B5CA5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B9080A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Any </w:t>
       </w:r>
       <w:r w:rsidR="003A5286" w:rsidRPr="00B9080A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -4183,84 +4293,84 @@
       </w:pPr>
       <w:r w:rsidRPr="00ED4A91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>607-967-3781</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="002A4E42" w14:textId="384CAD38" w:rsidR="00B9080A" w:rsidRDefault="00B9080A" w:rsidP="00ED4A91">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="709E019A" w14:textId="27BD42E1" w:rsidR="00CF3C7D" w:rsidRPr="00CF3C7D" w:rsidRDefault="00CF3C7D" w:rsidP="00ED4A91">
+    <w:p w14:paraId="709E019A" w14:textId="28306116" w:rsidR="00CF3C7D" w:rsidRPr="00CF3C7D" w:rsidRDefault="00CF3C7D" w:rsidP="00ED4A91">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF3C7D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>FACILITIES USE FEES- 202</w:t>
       </w:r>
-      <w:r w:rsidR="00590CDD">
+      <w:r w:rsidR="0006343D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DBDB377" w14:textId="1A68AFD4" w:rsidR="00B9080A" w:rsidRDefault="00B9080A" w:rsidP="008B5CA5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D2E0FB0" w14:textId="0DCF4739" w:rsidR="00CF3C7D" w:rsidRDefault="00990B7A" w:rsidP="008B5CA5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4694,59 +4804,77 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Small pavilions are not available for use when the large pavilion is in use.</w:t>
       </w:r>
       <w:r w:rsidR="004F3749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  There is a small pavilion available to rent at our alternate</w:t>
       </w:r>
       <w:r w:rsidR="00510720">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Payne Park location.  Please call the Town Clerk’s office for availability and details</w:t>
+        <w:t xml:space="preserve"> Payne Park location.  Please call the Town Clerk’s office for availability and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00510720">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>details</w:t>
       </w:r>
       <w:r w:rsidR="005221C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> @ 607-967-3781.</w:t>
+        <w:t xml:space="preserve"> @</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005221C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 607-967-3781.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33925181" w14:textId="0F4DA2C0" w:rsidR="005221C0" w:rsidRDefault="005221C0" w:rsidP="00206528">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A6EAFF4" w14:textId="4901A624" w:rsidR="00C83262" w:rsidRPr="00AB57B7" w:rsidRDefault="00AB57B7" w:rsidP="008B5CA5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -4795,494 +4923,502 @@
         <w:t>per tent</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4333D1EA" w14:textId="77777777" w:rsidR="00590CDD" w:rsidRDefault="00AB57B7" w:rsidP="008B5CA5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                            </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57463182" w14:textId="1DA7723A" w:rsidR="00C83262" w:rsidRPr="00590CDD" w:rsidRDefault="00590CDD" w:rsidP="008B5CA5">
+    <w:p w14:paraId="57463182" w14:textId="70B29AEA" w:rsidR="00C83262" w:rsidRPr="00590CDD" w:rsidRDefault="00590CDD" w:rsidP="008B5CA5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                            </w:t>
       </w:r>
       <w:r w:rsidR="00260982">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">50/ </w:t>
+      <w:r w:rsidR="007032DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0/ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>per night, electric &amp; water</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="192D0B50" w14:textId="77777777" w:rsidR="00590CDD" w:rsidRDefault="00AB57B7" w:rsidP="008B5CA5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                            </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B25A264" w14:textId="308C4531" w:rsidR="00590CDD" w:rsidRDefault="00590CDD" w:rsidP="008B5CA5">
+    <w:p w14:paraId="5B25A264" w14:textId="6C5B5BE0" w:rsidR="00590CDD" w:rsidRDefault="00590CDD" w:rsidP="008B5CA5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                            </w:t>
       </w:r>
       <w:r w:rsidR="00AB57B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
+      <w:r w:rsidR="007032DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
       <w:r w:rsidR="00493129">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...9 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00493129">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>per night with Passport America</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BC233ED" w14:textId="63D4CC9F" w:rsidR="00FA3167" w:rsidRDefault="00590CDD" w:rsidP="008B5CA5">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                            Veterans, Bainbridge residents                                                             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19D153DF" w14:textId="77777777" w:rsidR="00590CDD" w:rsidRDefault="00493129" w:rsidP="008B5CA5">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="148B7FEA" w14:textId="4B71FC66" w:rsidR="00493129" w:rsidRDefault="00590CDD" w:rsidP="008B5CA5">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                            </w:t>
+      </w:r>
+      <w:r w:rsidR="00493129">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="000E0325">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>500</w:t>
+      </w:r>
+      <w:r w:rsidR="0002159A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="00493129">
-[...34 lines deleted...]
-    <w:p w14:paraId="19D153DF" w14:textId="77777777" w:rsidR="00590CDD" w:rsidRDefault="00493129" w:rsidP="008B5CA5">
+      <w:r w:rsidR="0002159A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>per month</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>electric</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; water</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52A1F7E9" w14:textId="77777777" w:rsidR="00590CDD" w:rsidRDefault="0002159A" w:rsidP="008B5CA5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                            </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="148B7FEA" w14:textId="18AC8D18" w:rsidR="00493129" w:rsidRDefault="00590CDD" w:rsidP="008B5CA5">
-[...16 lines deleted...]
-      <w:r w:rsidR="00493129">
+    <w:p w14:paraId="2C0E8EAD" w14:textId="0F06B2CE" w:rsidR="0002159A" w:rsidRDefault="00590CDD" w:rsidP="008B5CA5">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                           </w:t>
+      </w:r>
+      <w:r w:rsidR="0002159A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>$1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E43690">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="0002159A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>per season</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, electric &amp; water</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76DB6C43" w14:textId="77777777" w:rsidR="00590CDD" w:rsidRDefault="00590CDD" w:rsidP="008B5CA5">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A3BD001" w14:textId="77777777" w:rsidR="00B14EED" w:rsidRPr="00B14EED" w:rsidRDefault="00B14EED" w:rsidP="008B5CA5">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00D0EC22" w14:textId="786D0159" w:rsidR="00C80A02" w:rsidRDefault="00C80A02" w:rsidP="008B5CA5">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Not-For-</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA3167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Profit </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA3167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Community Organizations may have exclusive </w:t>
+      </w:r>
+      <w:r w:rsidR="00631A4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">use of the large pavilion for </w:t>
+      </w:r>
+      <w:r w:rsidR="00631A4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidR="0002159A">
-[...195 lines deleted...]
-        <w:t xml:space="preserve">Community Organizations may have exclusive </w:t>
+      <w:r w:rsidR="0004326C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>50.00</w:t>
       </w:r>
       <w:r w:rsidR="00631A4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...32 lines deleted...]
-        <w:t>.00. A separate refundable $100 deposit is required to reserve the park.</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. A separate refundable $100 deposit is required to reserve the park.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6344C0F9" w14:textId="5FAC0E1C" w:rsidR="00631A4E" w:rsidRDefault="00631A4E" w:rsidP="008B5CA5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E965AFA" w14:textId="77777777" w:rsidR="00FB7530" w:rsidRDefault="00FB7530" w:rsidP="008B5CA5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66A63976" w14:textId="052CB131" w:rsidR="00631A4E" w:rsidRDefault="00C46A2B" w:rsidP="008B5CA5">
@@ -6003,77 +6139,77 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44256802" w14:textId="77777777" w:rsidR="00FB31D7" w:rsidRPr="008B5CA5" w:rsidRDefault="00FB31D7" w:rsidP="008B5CA5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FB31D7" w:rsidRPr="008B5CA5">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02F77F42"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0B88B6F8"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6126,188 +6262,199 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1796946804">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0091762A"/>
     <w:rsid w:val="0002159A"/>
     <w:rsid w:val="00031318"/>
     <w:rsid w:val="00042B0A"/>
+    <w:rsid w:val="0004326C"/>
     <w:rsid w:val="00050E4B"/>
+    <w:rsid w:val="0006343D"/>
+    <w:rsid w:val="000E0325"/>
+    <w:rsid w:val="000E5689"/>
     <w:rsid w:val="000F7A37"/>
     <w:rsid w:val="00140415"/>
     <w:rsid w:val="001B2C38"/>
     <w:rsid w:val="001D2C76"/>
     <w:rsid w:val="001D3232"/>
     <w:rsid w:val="001D50E2"/>
     <w:rsid w:val="001E193B"/>
     <w:rsid w:val="00206528"/>
     <w:rsid w:val="00206B67"/>
     <w:rsid w:val="00260982"/>
+    <w:rsid w:val="00291EFB"/>
     <w:rsid w:val="002F2CB0"/>
+    <w:rsid w:val="003337B6"/>
     <w:rsid w:val="003A5286"/>
+    <w:rsid w:val="00435E6C"/>
     <w:rsid w:val="00442075"/>
     <w:rsid w:val="004814A9"/>
     <w:rsid w:val="004872D4"/>
     <w:rsid w:val="00493129"/>
     <w:rsid w:val="004A6602"/>
+    <w:rsid w:val="004B1833"/>
     <w:rsid w:val="004B43AA"/>
     <w:rsid w:val="004D00E0"/>
     <w:rsid w:val="004F3749"/>
     <w:rsid w:val="00510720"/>
     <w:rsid w:val="00514F30"/>
     <w:rsid w:val="005221C0"/>
     <w:rsid w:val="00535994"/>
     <w:rsid w:val="00551819"/>
     <w:rsid w:val="00590CDD"/>
     <w:rsid w:val="00631A4E"/>
     <w:rsid w:val="00644EA4"/>
     <w:rsid w:val="00695A9A"/>
     <w:rsid w:val="00697D90"/>
     <w:rsid w:val="00697F9E"/>
     <w:rsid w:val="006F3E28"/>
+    <w:rsid w:val="007032DF"/>
     <w:rsid w:val="00721CC9"/>
     <w:rsid w:val="007558F8"/>
     <w:rsid w:val="007743D9"/>
     <w:rsid w:val="007A46AD"/>
     <w:rsid w:val="007B3695"/>
     <w:rsid w:val="00801119"/>
     <w:rsid w:val="00825A30"/>
     <w:rsid w:val="00854514"/>
     <w:rsid w:val="008628BA"/>
     <w:rsid w:val="00865EA6"/>
     <w:rsid w:val="00874382"/>
     <w:rsid w:val="008B5CA5"/>
     <w:rsid w:val="0091762A"/>
     <w:rsid w:val="009740A8"/>
     <w:rsid w:val="009755E6"/>
     <w:rsid w:val="00975946"/>
     <w:rsid w:val="00990B7A"/>
     <w:rsid w:val="009A0D0F"/>
     <w:rsid w:val="009E6FBD"/>
     <w:rsid w:val="009F7F6A"/>
     <w:rsid w:val="00A20CE0"/>
     <w:rsid w:val="00AB4519"/>
     <w:rsid w:val="00AB57B7"/>
     <w:rsid w:val="00AC11CF"/>
     <w:rsid w:val="00AE5D17"/>
+    <w:rsid w:val="00AF4584"/>
     <w:rsid w:val="00B124C6"/>
     <w:rsid w:val="00B14EED"/>
     <w:rsid w:val="00B9080A"/>
     <w:rsid w:val="00B97FAA"/>
     <w:rsid w:val="00BC5499"/>
     <w:rsid w:val="00BF3254"/>
     <w:rsid w:val="00C14312"/>
     <w:rsid w:val="00C46A2B"/>
     <w:rsid w:val="00C6675A"/>
     <w:rsid w:val="00C80A02"/>
     <w:rsid w:val="00C83262"/>
     <w:rsid w:val="00C87D7B"/>
     <w:rsid w:val="00CF0A6C"/>
     <w:rsid w:val="00CF1400"/>
     <w:rsid w:val="00CF3C7D"/>
     <w:rsid w:val="00D12ABE"/>
     <w:rsid w:val="00D23EE1"/>
     <w:rsid w:val="00D67FB5"/>
     <w:rsid w:val="00D82297"/>
     <w:rsid w:val="00D965E3"/>
+    <w:rsid w:val="00E43690"/>
     <w:rsid w:val="00E56173"/>
     <w:rsid w:val="00ED4A91"/>
     <w:rsid w:val="00F33A9F"/>
     <w:rsid w:val="00F47743"/>
     <w:rsid w:val="00F552FB"/>
     <w:rsid w:val="00F63F07"/>
     <w:rsid w:val="00FA3167"/>
     <w:rsid w:val="00FB31D7"/>
     <w:rsid w:val="00FB7530"/>
     <w:rsid w:val="00FB75D9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7AAB9710"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{38523EBC-8887-4710-8759-606C732575FF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6712,51 +6859,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="0091762A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00B97FAA"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -7023,69 +7170,69 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
   <Words>1232</Words>
-  <Characters>7026</Characters>
+  <Characters>7025</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>58</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8242</CharactersWithSpaces>
+  <CharactersWithSpaces>8241</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Aric McKown</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>